--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -227,56 +227,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-irxcc56lsaxanGc29fDEg.png"/>
+          <docPr id="2" name="image-85aKAPt1o_OgDh7YU7czL.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-irxcc56lsaxanGc29fDEg.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-85aKAPt1o_OgDh7YU7czL.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -439,52 +439,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-PwY-MLlsOBPwhdKcEuanq.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-irxcc56lsaxanGc29fDEg.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-RGCG1Qkk7-hYTXRtSiciB.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-85aKAPt1o_OgDh7YU7czL.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>