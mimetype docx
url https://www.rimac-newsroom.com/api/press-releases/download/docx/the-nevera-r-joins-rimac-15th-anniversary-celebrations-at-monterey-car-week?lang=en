--- v1 (2025-12-27)
+++ v2 (2026-02-27)
@@ -134,51 +134,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“Monterey Car Week is the most amazing collection of automotive events in the world, with priceless vintage racing cars, perfectly restored classic supercars and a collection of the greatest modern hypercars. If you want to make some noise, you need to bring something special, so, we brought along one of the most powerful road cars ever created; the Nevera R. The ‘R’ stands for relentless, rebellious, radical, which are some of the core tenets of the Rimac philosophy.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -227,56 +227,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-85aKAPt1o_OgDh7YU7czL.png"/>
+          <docPr id="2" name="image-L-j2QLNgng5c5DCw9DtaV.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-85aKAPt1o_OgDh7YU7czL.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-L-j2QLNgng5c5DCw9DtaV.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -439,52 +439,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-RGCG1Qkk7-hYTXRtSiciB.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-85aKAPt1o_OgDh7YU7czL.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Qss3Dl5lB6ekMhyJqsZ_I.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-L-j2QLNgng5c5DCw9DtaV.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>