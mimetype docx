--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -263,56 +263,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-yfZVIhG85by8Y6oQe_199.png"/>
+          <docPr id="2" name="image-aUQdRfQoj2b2nSDj6A4eV.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-yfZVIhG85by8Y6oQe_199.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-aUQdRfQoj2b2nSDj6A4eV.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -475,52 +475,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zgmktX9y7foOriQLcFL-J.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-yfZVIhG85by8Y6oQe_199.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-th2PeWgPdwZzUKDpEBgYu.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aUQdRfQoj2b2nSDj6A4eV.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>