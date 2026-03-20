--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -161,51 +161,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“From the very beginning of Rimac Automobili, I’ve been humbled by the people who believed in an idea that most considered unrealistic. With the Concept_One, we were asking our first customers to take a leap into the unknown — and they did. Those early believers set everything in motion.  “Since then, Nevera — and now Nevera R — have become the foundation of what the Rimac Group is today, as well as the pioneers of an entirely new level of automotive performance. They are milestones in our journey and a crucially important part of the growth and global acclaim of the Rimac Group. Without them, everything we have built wouldn’t have been possible.  “I wanted to find a way to thank the visionary individuals who helped shape this path — and to invite ten of them to experience our world in a completely new way. Not only through a remarkable car, but through a deeper connection to what makes Rimac unlike anything else.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-ENDS-</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -263,56 +263,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-aUQdRfQoj2b2nSDj6A4eV.png"/>
+          <docPr id="2" name="image-KV2Swt8u8aKunHMFTUANq.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-aUQdRfQoj2b2nSDj6A4eV.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-KV2Swt8u8aKunHMFTUANq.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -475,52 +475,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-th2PeWgPdwZzUKDpEBgYu.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aUQdRfQoj2b2nSDj6A4eV.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-mteBix6-ZFQivvXMO89ty.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-KV2Swt8u8aKunHMFTUANq.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>