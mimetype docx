--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -273,56 +273,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-SwvziK1STo0jntqlAR7G9.png"/>
+          <docPr id="2" name="image-QzrRjLQEpe19sW9K1Gnc3.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-SwvziK1STo0jntqlAR7G9.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-QzrRjLQEpe19sW9K1Gnc3.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -485,52 +485,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-KtQhzsZgZCl7GIwGIocce.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-SwvziK1STo0jntqlAR7G9.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JMP9c4dsnNVgXHO7f3Tul.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-QzrRjLQEpe19sW9K1Gnc3.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>