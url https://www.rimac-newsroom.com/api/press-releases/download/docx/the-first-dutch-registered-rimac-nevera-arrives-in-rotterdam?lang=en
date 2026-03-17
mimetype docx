--- v1 (2026-01-27)
+++ v2 (2026-03-17)
@@ -125,51 +125,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"I am excited to see more Nevera hitting the roads worldwide, and this particular example will surely turn heads. We're delighted to see it in the hands of passionate enthusiasts like Michel Perridon. His ownership isn't just about a car; it's about being part of something groundbreaking, pushing boundaries together."</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -273,56 +273,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-QzrRjLQEpe19sW9K1Gnc3.png"/>
+          <docPr id="2" name="image-TptnAavtANVcuKxnLGrr6.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-QzrRjLQEpe19sW9K1Gnc3.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-TptnAavtANVcuKxnLGrr6.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -485,52 +485,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JMP9c4dsnNVgXHO7f3Tul.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-QzrRjLQEpe19sW9K1Gnc3.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-TQ9D8zwoJsP5ABBKrGyBy.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-TptnAavtANVcuKxnLGrr6.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>