--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -300,56 +300,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-RLTcJlFmjJNHSp2Hp0uIw.png"/>
+          <docPr id="2" name="image-Fy0ZqNtxWlh2x3QwGcrDO.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-RLTcJlFmjJNHSp2Hp0uIw.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-Fy0ZqNtxWlh2x3QwGcrDO.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -512,52 +512,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YxvW9CSpKwnqjN0DWUvRg.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-RLTcJlFmjJNHSp2Hp0uIw.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aWo6UKl4LsjV0Wnt7RKBJ.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Fy0ZqNtxWlh2x3QwGcrDO.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>