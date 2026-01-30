--- v1 (2025-12-14)
+++ v2 (2026-01-30)
@@ -300,56 +300,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-Fy0ZqNtxWlh2x3QwGcrDO.png"/>
+          <docPr id="2" name="image-3q9Hdv6wkrenxKWVB7wnZ.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-Fy0ZqNtxWlh2x3QwGcrDO.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-3q9Hdv6wkrenxKWVB7wnZ.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -512,52 +512,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aWo6UKl4LsjV0Wnt7RKBJ.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Fy0ZqNtxWlh2x3QwGcrDO.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-q-qGANkViR3_qx9y_QAX2.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3q9Hdv6wkrenxKWVB7wnZ.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>