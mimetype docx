--- v2 (2026-01-30)
+++ v3 (2026-03-17)
@@ -125,51 +125,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"The Bugatti Tourbillon project represents a perfect showcase of Rimac Technology's capabilities as a full-system integrator and technology provider. We've leveraged our decade of experience in developing high-performance electric powertrains to create a hybrid system that not only delivers extraordinary performance but also demonstrates remarkable efficiency and packaging innovation. The fact that the Tourbillon, despite its complex hybrid architecture, weighs less than its predecessor is a testament to our commitment to pushing the envelope of possibility in every project.” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The complete rear powertrain assembly – including the V16 engine, eight-speed dual-clutch transmission, torque-vectoring differential, and the 250-kilowatt rear electric motor – weighs just 430 kilograms, matching the weight of the Chiron's engine alone. The front electric axle, housing two independent motors and dual inverters, adds minimal weight while providing instantaneous torque and enabling sophisticated and precise torque control capabilities. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -198,51 +198,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"This is exactly what we've always been exceptional at, extremely bespoke, high-performance, low-volume applications that are engineered without compromise. Projects like this will always serve as a showcase of our ultimate capabilities and what's possible when there are no constraints. But as well as these showcase projects, we also produce hundreds of thousands of battery and powertrain units annually, working with the likes of Porsche, BMW, CEER Motors and many others. It’s our aim to provide the same engineering excellence and innovation we bring to projects like the Tourbillon to hundreds of thousands of other vehicles each year, helping established OEMs to bridge the gap to electrified vehicles.”  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Nurdin Pitarević</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">COO, Rimac Technology</w:t>
+        <w:t xml:space="preserve">CEO of Rimac Technology</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The Bugatti Tourbillon, featuring Rimac Technology's revolutionary hybrid system, will begin deliveries in 2026, with production limited to 250 units. </w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -300,56 +300,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-3q9Hdv6wkrenxKWVB7wnZ.png"/>
+          <docPr id="2" name="image-zeqm0mDXlXCt8sq7tYpLE.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-3q9Hdv6wkrenxKWVB7wnZ.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-zeqm0mDXlXCt8sq7tYpLE.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -512,52 +512,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-q-qGANkViR3_qx9y_QAX2.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3q9Hdv6wkrenxKWVB7wnZ.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ZDIt28beyUKjpolX8fhBl.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zeqm0mDXlXCt8sq7tYpLE.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>