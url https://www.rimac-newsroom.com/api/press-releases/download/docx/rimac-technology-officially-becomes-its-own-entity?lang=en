--- v0 (2025-11-24)
+++ v1 (2026-01-10)
@@ -236,56 +236,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-aU84eHOfyDCvLfz73C3bz.png"/>
+          <docPr id="2" name="image-RMuxPuGkrn6IbPhQ1bXBd.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-aU84eHOfyDCvLfz73C3bz.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-RMuxPuGkrn6IbPhQ1bXBd.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -448,52 +448,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YotS63qLIC4TZp9YXn-a1.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aU84eHOfyDCvLfz73C3bz.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YBChzAemS-0G5QfIvhcrP.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-RMuxPuGkrn6IbPhQ1bXBd.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>