--- v1 (2026-01-10)
+++ v2 (2026-03-10)
@@ -143,51 +143,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“If we go back to the very beginning of the Rimac Automobili business in 2009, the dream for me was to build my own electric hypercar. With Nevera we believe we’ve achieved that dream, creating a car that is not only the fastest accelerating in the world, but also comfortable, usable and brimming with our advanced technology. But Nevera isn’t just a standalone project, it’s a showcase of what Rimac Technology can do free from the costs or volume restraints of a large-scale manufacturer. We believe once you’ve pushed the technology as far as it can go, makes it a lot easier to scale it up to higher volume and lower cost. The e-Axles, Torque Vectoring, battery systems, connectivity, AI, and countless other electrical systems on Nevera are all our own creations, and each of them can be scaled to suit applications you might find on a range of higher volume performance vehicles.  Separating the technology business into its own entity is a natural step as the focus of the two markets, hypercars and components, are completely different. For example – the products of Rimac Technology, while being on the cutting edge of performance, also need to be extremely cost competitive and producible at huge scales, while those issues are secondary for the hypercar business. This new structure will enable each company of the Rimac Group to flourish to their full potential, while still sharing the synergies between them – for example using our own hypercars as testbeds for new technology before we offer it to other OEMs.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -236,56 +236,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-RMuxPuGkrn6IbPhQ1bXBd.png"/>
+          <docPr id="2" name="image-o3LLBqkAK8LGdwDUkjeiE.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-RMuxPuGkrn6IbPhQ1bXBd.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-o3LLBqkAK8LGdwDUkjeiE.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -448,52 +448,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YBChzAemS-0G5QfIvhcrP.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-RMuxPuGkrn6IbPhQ1bXBd.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-U80n6eMsJV0YuJn1qCsKZ.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-o3LLBqkAK8LGdwDUkjeiE.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>