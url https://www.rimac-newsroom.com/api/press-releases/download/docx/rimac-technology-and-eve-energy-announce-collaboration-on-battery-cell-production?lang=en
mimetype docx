--- v0 (2025-10-18)
+++ v1 (2026-01-02)
@@ -319,56 +319,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-BixIQO5YA0ZwWXVLis_xk.png"/>
+          <docPr id="2" name="image-jdsIxDgRe50J4IVHP0WBq.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-BixIQO5YA0ZwWXVLis_xk.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-jdsIxDgRe50J4IVHP0WBq.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -533,52 +533,52 @@
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-technology.com/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.evebattery.com/en" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-b_NHa9JE0-zZ_-c_Flz57.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-BixIQO5YA0ZwWXVLis_xk.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zXhUB-alSYQo_PmdAmyzj.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-jdsIxDgRe50J4IVHP0WBq.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>