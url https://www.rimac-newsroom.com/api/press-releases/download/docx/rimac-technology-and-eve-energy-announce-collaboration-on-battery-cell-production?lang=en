--- v1 (2026-01-02)
+++ v2 (2026-03-07)
@@ -171,51 +171,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“EVE Energy is one of the largest primary lithium battery manufacturers worldwide and brings a lot of experience in battery cell technology to this partnership. Its dedication to advancing lithium battery solutions aligns perfectly with our vision of transforming the electric vehicle and energy storage sectors. We’re thrilled to announce this collaboration that secures a long-term reliable partner for our 46XX platform."</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -319,56 +319,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-jdsIxDgRe50J4IVHP0WBq.png"/>
+          <docPr id="2" name="image-uUsRhUVIhcmUYaV2nBeoW.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-jdsIxDgRe50J4IVHP0WBq.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-uUsRhUVIhcmUYaV2nBeoW.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -533,52 +533,52 @@
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-technology.com/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.evebattery.com/en" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zXhUB-alSYQo_PmdAmyzj.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-jdsIxDgRe50J4IVHP0WBq.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gJY6DEgnkVRnE9v4dZpZM.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-uUsRhUVIhcmUYaV2nBeoW.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>