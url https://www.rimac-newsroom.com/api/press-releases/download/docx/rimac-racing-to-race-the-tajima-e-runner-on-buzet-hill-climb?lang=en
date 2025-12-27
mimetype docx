--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -237,56 +237,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-cJ3tL6mwugaoM8fc9-jpV.png"/>
+          <docPr id="2" name="image-7FKCOVTr0C8vm29CEDblC.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-cJ3tL6mwugaoM8fc9-jpV.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-7FKCOVTr0C8vm29CEDblC.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -449,52 +449,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Pq-IGAw2QvMjCUkQc7ELo.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-cJ3tL6mwugaoM8fc9-jpV.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-9gw6pnyBss1zxrpUsxa_x.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-7FKCOVTr0C8vm29CEDblC.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>