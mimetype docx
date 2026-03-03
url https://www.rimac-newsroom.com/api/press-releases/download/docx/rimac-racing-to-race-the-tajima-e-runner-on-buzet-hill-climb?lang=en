--- v1 (2025-12-27)
+++ v2 (2026-03-03)
@@ -127,51 +127,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“I met Mr. Tajima in December 2014 – he came up with the idea to plant the Concept_One’s technology into a Pikes Peak racer. We knew that this would be a difficult project – we only had four months to design, develop, manufacture, set-up and test the vehicle. We had to make everything except the chassis, which came-in from Japan as we couldn’t develop a new one due to timing constraints. In 4 months of incredible work, our team has managed develop and produce the most powerful electric race-car powertrain system ever, a lightweight and safe battery system that could deliver and absorb incredible amounts of power, electronics, telemetry and connectivity systems and fine tune the Torque Vectoring for Mr. Tajima’s preferences and the specifics of the car and track. A very proud time for us was when Mr. Tajima came to Croatia to test the car for a week on different racetracks. He was one of my role models when I just started the company and the suddenly – he was in our country, testing a car that we have developed for him. We got this car into the very pinnacle of the world of hill climb racing. The Pikes Peak race rally is impressive – both driver and vehicle need to be 100% prepared as the slightest mistake or problem can have serious consequences. We are extremely proud of this cooperation, and we decided to give our European fans, especially Croatian, to see this monster in action.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The race in Buzet is one of most attractive races of the European Hill Climb Championship, and the one with the most energizing atmosphere. The fans in Istra are second to none when it comes to greeting drivers and creating a warm welcome to every race fan. The 5001 meters long track has a difference in altitude of 300 meters. The first race was in early 1982, from then on the tradition continues. Rimac Racing will take part in the event as one of the forerunners, showcasing a groundbreaking car that was engineered, built and developed from ground up in Croatia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -237,56 +237,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-7FKCOVTr0C8vm29CEDblC.png"/>
+          <docPr id="2" name="image-4FHBqthBFM9MXhX1NdWwA.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-7FKCOVTr0C8vm29CEDblC.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-4FHBqthBFM9MXhX1NdWwA.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -449,52 +449,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-9gw6pnyBss1zxrpUsxa_x.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-7FKCOVTr0C8vm29CEDblC.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-0yK-_fAjWtOB3U4058ThF.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-4FHBqthBFM9MXhX1NdWwA.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>