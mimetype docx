--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -1828,56 +1828,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-gP8pbCRWc1HXfLvNfiBdu.png"/>
+          <docPr id="2" name="image-mvjn_sX__xodTZL40UPq2.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-gP8pbCRWc1HXfLvNfiBdu.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-mvjn_sX__xodTZL40UPq2.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -2040,52 +2040,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-XVPlJmJTM8Q-ZELQSg7QW.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gP8pbCRWc1HXfLvNfiBdu.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-IqyiAnX5ZRlkL2HolJQSL.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-mvjn_sX__xodTZL40UPq2.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>