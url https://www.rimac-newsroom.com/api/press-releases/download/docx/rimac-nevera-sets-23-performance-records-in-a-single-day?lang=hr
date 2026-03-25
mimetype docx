--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -1708,51 +1708,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Dok sam odrastao, uvijek sam gledao automobile koji su pisali povijest pomičući ljestvicu, impresioniran tehnologijom koju su donijeli na cestu. To je ono što me motivira od prvog dana – razvijati novu tehnologiju koja mijenja ono što je moguće. Danas s ponosom mogu reći da automobil koji smo stvorili može ubrzati do 400 km/h i vratiti se na 0 za manje vremena nego što je bilo potrebno kultnom McLarenu F1 da ubrza do 350 km/h. I ne samo to, već to može činiti uvijek iznova, usput rušeći svaki drugi rekord na pravcu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">“When we set out to engineer the Nevera, our performance targets were incredibly ambitious, and we’ve now managed to overshoot all of those. What I’m most proud of though, is that this isn’t a car purely designed for straight line performance. The Nevera can go from breaking records to driving over 300 miles on a charge, refilling from 0-80% in less than 20 minutes and keeping the most demanding drivers in the world engaged. The Nevera is a fully rounded next-generation hypercar that has been praised time and again by the world’s media for reinventing the world of performance. Not just faster than traditional competitors, but, surprising for a fully electric car, engaging and capable too.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -1828,56 +1828,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-mvjn_sX__xodTZL40UPq2.png"/>
+          <docPr id="2" name="image-E1P4yMlBtUK7GAVH_k116.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-mvjn_sX__xodTZL40UPq2.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-E1P4yMlBtUK7GAVH_k116.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -2040,52 +2040,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-IqyiAnX5ZRlkL2HolJQSL.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-mvjn_sX__xodTZL40UPq2.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-d2-SBrQAHAjvnNXgtKyd3.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-E1P4yMlBtUK7GAVH_k116.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>