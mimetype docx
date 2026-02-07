--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -1852,56 +1852,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-QGgoJW-u-o4eaX5tL-YOM.png"/>
+          <docPr id="2" name="image-xKuZNGZAI5V3jAHnGyDdY.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-QGgoJW-u-o4eaX5tL-YOM.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-xKuZNGZAI5V3jAHnGyDdY.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -2066,52 +2066,52 @@
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dewesoft.com/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.racelogic.co.uk/" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-pMvznlNYinhfdEx_eyKcd.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-QGgoJW-u-o4eaX5tL-YOM.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-7AuF5VT2OHrf33fofDyTw.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-xKuZNGZAI5V3jAHnGyDdY.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>