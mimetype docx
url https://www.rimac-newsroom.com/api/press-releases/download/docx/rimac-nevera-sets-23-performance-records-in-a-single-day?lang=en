--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -1732,51 +1732,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Growing up I always looked at the cars that made history moving the bar for performance, in awe of the kind of revolutionary technology they brought to the road. That is what is driving me from day one – to develop new technology that redefines what is possible. Today, I am proud to say that the car we’ve created can get to 400km/h and back to 0 in less time than it took the McLaren F1 to accelerate up to 350km/h. And not only that, but it can do it again and again, breaking every other performance record in the process. If you had a Nevera and access to a track, you could do it too.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">“When we set out to engineer the Nevera, our performance targets were incredibly ambitious, and we’ve now managed to overshoot all of those. What I’m most proud of though, is that this isn’t a car purely designed for straight line performance. The Nevera can go from breaking records to driving over 300 miles on a charge, refilling from 0-80% in less than 20 minutes and keeping the most demanding drivers in the world engaged. The Nevera is a fully rounded next-generation hypercar that has been praised time and again by the world’s media for reinventing the world of performance. Not just faster than traditional competitors, but, surprising for a fully electric car, engaging and capable too.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -1852,56 +1852,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-xKuZNGZAI5V3jAHnGyDdY.png"/>
+          <docPr id="2" name="image-K_M9XK-aMRSdPJ5XIjnHT.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-xKuZNGZAI5V3jAHnGyDdY.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-K_M9XK-aMRSdPJ5XIjnHT.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -2066,52 +2066,52 @@
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dewesoft.com/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.racelogic.co.uk/" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-7AuF5VT2OHrf33fofDyTw.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-xKuZNGZAI5V3jAHnGyDdY.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-0xGGQ97r9s6zCJ8_ZZVmy.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-K_M9XK-aMRSdPJ5XIjnHT.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>