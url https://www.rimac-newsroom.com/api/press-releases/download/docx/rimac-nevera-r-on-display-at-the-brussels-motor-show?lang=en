--- v0 (2025-11-04)
+++ v1 (2026-03-11)
@@ -107,51 +107,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"When we developed the Nevera R, we listened carefully to our customers who wanted to discover just how far we could push the Nevera’s cornering ability. This car represents our relentless pursuit of performance, pushing the boundaries of what's possible. We've created something that not only delivers unprecedented performance but also embodies classic supercar proportions with its aggressive stance, fixed rear wing, and forward-leaning silhouette. First in America, and now here in Europe, we’re allowing as many people as possible to see a car that they may never see again, given only 40 will ever be produced.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The Nevera R represents a bold evolution of Rimac's groundbreaking Nevera platform, pushing the boundaries of electric performance with its enhanced focus on cornering capabilities. The vehicle showcases an aggressive aerodynamic package, including a fixed rear wing and large diffuser that increase downforce by 15% while improving aerodynamic efficiency by 10%. It has evolved the Nevera from Hyper GT into Hyper Sportscar.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -227,56 +227,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-lzPULKL0Zj_xrPgrhsGmH.png"/>
+          <docPr id="2" name="image-CKhH0XAsg2GYZJxKDHNlT.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-lzPULKL0Zj_xrPgrhsGmH.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-CKhH0XAsg2GYZJxKDHNlT.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -439,52 +439,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YcWNuMk7Qwi3o3sN-DnL8.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-lzPULKL0Zj_xrPgrhsGmH.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-9Spm2aExLR1hGtABV5CXF.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-CKhH0XAsg2GYZJxKDHNlT.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>