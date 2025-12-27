--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -263,56 +263,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-DwSYGmRUYe4_sQ59NSF34.png"/>
+          <docPr id="2" name="image-AEsS4zWvBB2bAzf0sBTer.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-DwSYGmRUYe4_sQ59NSF34.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-AEsS4zWvBB2bAzf0sBTer.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -475,52 +475,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-X4xyNdl2Eve-hafVr0GuD.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-DwSYGmRUYe4_sQ59NSF34.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-BlXQVusdgTupNnnhj5WaX.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-AEsS4zWvBB2bAzf0sBTer.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>