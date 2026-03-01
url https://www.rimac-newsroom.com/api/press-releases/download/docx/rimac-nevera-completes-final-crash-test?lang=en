--- v1 (2025-12-27)
+++ v2 (2026-03-01)
@@ -161,51 +161,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“The Nevera was designed to excel in every area, with each component scrutinized and carefully engineered to deliver the best possible performance. For four years now we have been applying that same painstaking attention to detail to the safety of Nevera, with engineers working tirelessly on thousands of digital simulations and modifications to prototype vehicles, just to see their work destroyed during the crash testing process. All of their efforts has been absolutely crucial to the development of Nevera, and as this latest test concludes the Nevera crash-testing program, which brings us close to finally being able to hand over our next-generation all-electric hypercar to its first owners throughout the world.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Designed, engineered, and built in-house at Rimac Automobili, the Nevera is limited to just 150 units. Made possible by its 120kWh, 6960-cell battery producing 1914hp and 2360Nm of torque, Nevera achieves a top speed of 258 mph (412 km/h), a 0-62mph (100km/h) time of 1.85 seconds, and a 0-100 mph (161 km/h) time of 4.3 seconds. It has been independently verified as the fastest accelerating production car in the world.</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -263,56 +263,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-AEsS4zWvBB2bAzf0sBTer.png"/>
+          <docPr id="2" name="image-cVULcWv3e_fPtKfURS618.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-AEsS4zWvBB2bAzf0sBTer.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-cVULcWv3e_fPtKfURS618.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -475,52 +475,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-BlXQVusdgTupNnnhj5WaX.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-AEsS4zWvBB2bAzf0sBTer.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-l2QwfOlIKvkJ0wVaHMGCB.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-cVULcWv3e_fPtKfURS618.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>