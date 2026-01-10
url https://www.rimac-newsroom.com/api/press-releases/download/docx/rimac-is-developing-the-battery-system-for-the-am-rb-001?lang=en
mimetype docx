--- v0 (2025-11-24)
+++ v1 (2026-01-10)
@@ -211,56 +211,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-xbgumg04HCZs_NCWojj8r.png"/>
+          <docPr id="2" name="image-230v-z0lI_8CdNz5bZEdY.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-xbgumg04HCZs_NCWojj8r.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-230v-z0lI_8CdNz5bZEdY.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -423,52 +423,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JMJyoRVqbgBwqXZ6RVXef.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-xbgumg04HCZs_NCWojj8r.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-K0DpE_G1RqPQp_quOPW3Y.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-230v-z0lI_8CdNz5bZEdY.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>