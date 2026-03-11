--- v1 (2026-01-10)
+++ v2 (2026-03-11)
@@ -109,51 +109,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“The opportunity to collaborate with Aston Martin and Red Bull Advanced Technologies on such a groundbreaking project is a great honor for everybody at Rimac Automobili. At the same time – it is extremely challenging, as the performance and weight targets are on Formula 1 level while durability and safety need to satisfy the expectations and regulations of road cars. We are very proud of being a partner in this demanding but rewarding endeavor.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rimac Automobili, a young but fast growing company from Croatia, has managed not only to become a recognized hypercar manufacturer – but also a key partner for many global brands. The company has increased to over 250 employees and is scaling up the production of its key components and technologies for the industry, enabling further growth into a full electrification partner for global OEMs. </w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -211,56 +211,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-230v-z0lI_8CdNz5bZEdY.png"/>
+          <docPr id="2" name="image-xCGaj23x-wSdoES_QS_NQ.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-230v-z0lI_8CdNz5bZEdY.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-xCGaj23x-wSdoES_QS_NQ.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -423,52 +423,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-K0DpE_G1RqPQp_quOPW3Y.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-230v-z0lI_8CdNz5bZEdY.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-4UUtD2ZdUc9bpaXWw4mTB.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-xCGaj23x-wSdoES_QS_NQ.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>