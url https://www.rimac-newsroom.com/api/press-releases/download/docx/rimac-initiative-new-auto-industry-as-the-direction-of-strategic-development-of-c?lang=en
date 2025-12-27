--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -449,56 +449,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-EAZ0KfxyJLxQYgMjTCdFR.png"/>
+          <docPr id="2" name="image-QQbBR39GEPK_9GEKNwGkF.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-EAZ0KfxyJLxQYgMjTCdFR.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-QQbBR39GEPK_9GEKNwGkF.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -663,52 +663,52 @@
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rimac-automobili.com/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta.longin@rimac-automobili.com" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-I5dGhcpqzrLVJHRTlZWzg.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-EAZ0KfxyJLxQYgMjTCdFR.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-P5UTh6NkyejXUz5WWkCR_.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-QQbBR39GEPK_9GEKNwGkF.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>