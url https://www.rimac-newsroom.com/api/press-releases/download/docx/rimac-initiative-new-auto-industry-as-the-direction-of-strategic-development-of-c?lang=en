--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -145,51 +145,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“We want Rimac to be a successful story, but moreover, we want to share our experience to help attract the auto industry to Croatia. Two waves of auto industry expansion in Central and Eastern Europe have proven to be extremely valuable for the economies of these countries. A new wave of investments is under way and due to new circumstances, Croatia has the opportunity to become the next destination of the new car industry. Today, countries are competing in the open market, just as companies are. To be attractive to the manufacturers and suppliers, we need to develop comparative advantages over other countries. We want to contribute to attracting investors to Croatia, and our role is to point to the needs and expectations of the auto industry, while the Government’s role is to decide whether new auto industry is the right direction for Croatia’s strategic development and if so, form policies in the direction of attracting investment.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -449,56 +449,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-QQbBR39GEPK_9GEKNwGkF.png"/>
+          <docPr id="2" name="image-zMUfFUMXras540Xa2R2gj.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-QQbBR39GEPK_9GEKNwGkF.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-zMUfFUMXras540Xa2R2gj.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -663,52 +663,52 @@
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rimac-automobili.com/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta.longin@rimac-automobili.com" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-P5UTh6NkyejXUz5WWkCR_.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-QQbBR39GEPK_9GEKNwGkF.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-NZVUj0UL09TtrhYm4Igo5.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-zMUfFUMXras540Xa2R2gj.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>