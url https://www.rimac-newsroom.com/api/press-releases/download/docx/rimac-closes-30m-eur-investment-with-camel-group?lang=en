--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -293,56 +293,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-xf38hvfF6gYwYfgVjQ1ae.png"/>
+          <docPr id="2" name="image-2V4MiFD60mKpPO-PqbASe.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-xf38hvfF6gYwYfgVjQ1ae.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-2V4MiFD60mKpPO-PqbASe.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -505,52 +505,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-I-9zwW5B1Q7uRBVaogGQt.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-xf38hvfF6gYwYfgVjQ1ae.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-nX8uRHorBYDQILGLsMPaz.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-2V4MiFD60mKpPO-PqbASe.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>