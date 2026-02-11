--- v1 (2025-12-12)
+++ v2 (2026-02-11)
@@ -293,56 +293,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-2V4MiFD60mKpPO-PqbASe.png"/>
+          <docPr id="2" name="image-GjNihtpwYtgT_vBwZt9V1.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-2V4MiFD60mKpPO-PqbASe.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-GjNihtpwYtgT_vBwZt9V1.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -505,52 +505,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-nX8uRHorBYDQILGLsMPaz.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-2V4MiFD60mKpPO-PqbASe.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3ZNBCe5zCZUrHvrC-JSvb.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-GjNihtpwYtgT_vBwZt9V1.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>