--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -254,56 +254,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-L2l350s2bdgmr_gDIEjKB.png"/>
+          <docPr id="2" name="image-ExpMs5uqb4BuV-JmLufZx.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-L2l350s2bdgmr_gDIEjKB.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-ExpMs5uqb4BuV-JmLufZx.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -466,52 +466,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-U7br4s1l-xCYJFkVCn7fN.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-L2l350s2bdgmr_gDIEjKB.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JbWcsx7Ao9QtjZ-Ol64kI.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ExpMs5uqb4BuV-JmLufZx.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>