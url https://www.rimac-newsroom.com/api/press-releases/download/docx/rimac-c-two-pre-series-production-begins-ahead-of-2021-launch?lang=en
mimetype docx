--- v1 (2026-01-01)
+++ v2 (2026-03-11)
@@ -152,51 +152,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“We’re creating an entirely new type of performance vehicle with the C_Two. After thousands of virtual simulation hours, years of design and engineering, and many rough and ready prototypes, it’s a very special feeling to see pre-series cars now making their way up our production line. This is the clearest sign yet that the C_Two is almost here, and we can’t wait to deliver the cars to our customers in 2021 and to showcase it all over the world.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The Rimac C_Two promised a top speed of 258 mph (412 km/h), a 0-62mph (100km/h) time of under 2 seconds, and a 0-100 mph (161 km/h) time of 4.3 seconds when it was first revealed in 2018. These unheard-of performance figures were first set as hugely ambitious targets by the Rimac Automobili team. Yet, through the car’s extensive development and testing process, engineers have made sure to meet and exceed the set targets.</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -254,56 +254,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-ExpMs5uqb4BuV-JmLufZx.png"/>
+          <docPr id="2" name="image-rYfj4lZasWhA57FHRtQC3.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-ExpMs5uqb4BuV-JmLufZx.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-rYfj4lZasWhA57FHRtQC3.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -466,52 +466,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JbWcsx7Ao9QtjZ-Ol64kI.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ExpMs5uqb4BuV-JmLufZx.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-YQrruk1QDYKC-CiIYW76N.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rYfj4lZasWhA57FHRtQC3.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>