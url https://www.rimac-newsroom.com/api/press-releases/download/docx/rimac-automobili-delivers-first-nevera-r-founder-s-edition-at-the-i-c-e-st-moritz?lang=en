--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -116,51 +116,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The I.C.E. St. Moritz represents everything we love about automotive culture: encouraging the owners of the rarest and most significant cars in the world to get out and use them to not only enjoy them but share them with the world. Delivering the first Nevera R Founder’s Edition here feels right, as a car that offers our customers more access into our world than ever before.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The Nevera R Founder’s Edition offers an experience that extends far beyond the vehicle itself. Limited to just ten examples worldwide – all of which were allocated within a week of their private announcement – each Founder’s Edition unlocks unprecedented access to the world of Rimac. Owners begin their journey with a deeply personal configuration session at the Rimac Campus in Zagreb, working directly with Mate Rimac, Design Director Frank Heyl and the design team using sophisticated V-RED visualization software.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -290,56 +290,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-fYktovbARFlYmRLSSsSPg.png"/>
+          <docPr id="2" name="image-uaJd3qYxZHqvv1-RXw_L-.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-fYktovbARFlYmRLSSsSPg.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-uaJd3qYxZHqvv1-RXw_L-.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -502,52 +502,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-JGN5EpAbPMuW2Dv8MPSSJ.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fYktovbARFlYmRLSSsSPg.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fNHLYuoeIxVE9Ovg7BzKq.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-uaJd3qYxZHqvv1-RXw_L-.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>