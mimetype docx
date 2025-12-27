--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -300,56 +300,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-fB0PgsvqMGr-pnp6_GAxT.png"/>
+          <docPr id="2" name="image-hddJDJFHxo1YNMmfxvkLU.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-fB0PgsvqMGr-pnp6_GAxT.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-hddJDJFHxo1YNMmfxvkLU.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -512,52 +512,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-WDxrgDND9SNZmrAXqf7_C.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fB0PgsvqMGr-pnp6_GAxT.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-m4AH8JNqcK5hTfQkCG9dV.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hddJDJFHxo1YNMmfxvkLU.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>