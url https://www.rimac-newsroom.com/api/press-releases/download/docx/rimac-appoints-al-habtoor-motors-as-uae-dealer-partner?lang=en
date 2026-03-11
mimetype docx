--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -116,51 +116,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“In Al Habtoor Motors, we have found the perfect partner to introduce the groundbreaking Nevera to the UAE market. With the UAE's forward-thinking environment, it serves as the perfect destination for our revolutionary hypercar. The Nevera goes beyond conventional boundaries, redefining the driving experience and setting an unparalleled performance standard in the world of hypercars. By joining forces with Al Habtoor Motors, together we will showcase the potential of the Nevera to clients and prospects in the UAE, offering an unrivaled hypercar experience.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -300,56 +300,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-hddJDJFHxo1YNMmfxvkLU.png"/>
+          <docPr id="2" name="image-2eddvprpOhshHhLu-GFJB.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-hddJDJFHxo1YNMmfxvkLU.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-2eddvprpOhshHhLu-GFJB.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -512,52 +512,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-m4AH8JNqcK5hTfQkCG9dV.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hddJDJFHxo1YNMmfxvkLU.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-1flKwA9XvpSBqYZDYMMFq.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-2eddvprpOhshHhLu-GFJB.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>