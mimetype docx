--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -227,56 +227,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-8UqoPiuQJM9bUckDU8EoH.png"/>
+          <docPr id="2" name="image-HblvzofESIXWFVJvK-kwM.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-8UqoPiuQJM9bUckDU8EoH.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-HblvzofESIXWFVJvK-kwM.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -439,52 +439,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kRpFOmQvin7PVXu-vqUFl.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-8UqoPiuQJM9bUckDU8EoH.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-NWcr0cC54TuL-JxDxyeBi.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-HblvzofESIXWFVJvK-kwM.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>