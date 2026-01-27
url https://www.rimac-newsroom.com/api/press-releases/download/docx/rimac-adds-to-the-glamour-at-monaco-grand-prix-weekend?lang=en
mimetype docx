--- v1 (2025-12-01)
+++ v2 (2026-01-27)
@@ -227,56 +227,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-HblvzofESIXWFVJvK-kwM.png"/>
+          <docPr id="2" name="image-FEiHp0EdFxP2WXNkSRoKT.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-HblvzofESIXWFVJvK-kwM.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-FEiHp0EdFxP2WXNkSRoKT.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -439,52 +439,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-NWcr0cC54TuL-JxDxyeBi.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-HblvzofESIXWFVJvK-kwM.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Ll7BYhLR-UYn_A30rXICD.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-FEiHp0EdFxP2WXNkSRoKT.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>