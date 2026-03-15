--- v2 (2026-01-27)
+++ v3 (2026-03-15)
@@ -107,51 +107,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"Monaco Grand Prix weekend is an iconic motorsport event; the world’s most advanced racing cars at a circuit that has remained mostly unchanged since 1950, overlooked by megayachts and superstars from all over the world. This is where the world's most discerning automotive enthusiasts gather, and we're here to present them with what we believe is the most advanced hypercar ever created. The Nevera R embodies everything that makes Monaco special; uncompromising performance, stunning design, and absolute exclusivity.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The Nevera R represents the most focused iteration of Rimac's groundbreaking Nevera, engineered specifically for enhanced cornering performance, without compromising comfort or usability. With its aggressive aerodynamic package, featuring a fixed rear wing and enlarged diffuser, the R generates 15% more downforce while improving aerodynamic efficiency by 10% compared to Nevera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -227,56 +227,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-FEiHp0EdFxP2WXNkSRoKT.png"/>
+          <docPr id="2" name="image-3DovLoSVJTQ9-0c2hoR2D.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-FEiHp0EdFxP2WXNkSRoKT.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-3DovLoSVJTQ9-0c2hoR2D.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -439,52 +439,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Ll7BYhLR-UYn_A30rXICD.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-FEiHp0EdFxP2WXNkSRoKT.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-BOd3EO74v3ttuyY7VaxCP.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3DovLoSVJTQ9-0c2hoR2D.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>