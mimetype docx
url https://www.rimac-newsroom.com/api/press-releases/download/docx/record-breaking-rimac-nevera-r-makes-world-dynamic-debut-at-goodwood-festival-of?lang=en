--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -218,56 +218,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-gOVUjmUsVsQ_JmfX8QrJ3.png"/>
+          <docPr id="2" name="image-8eAJwwbR8FShVB_C6Mbg7.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-gOVUjmUsVsQ_JmfX8QrJ3.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-8eAJwwbR8FShVB_C6Mbg7.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -430,52 +430,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-CKI1unR2sONxEEY1TDocj.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gOVUjmUsVsQ_JmfX8QrJ3.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kNJgXLZh5kz-xP0XzwYyf.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-8eAJwwbR8FShVB_C6Mbg7.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>