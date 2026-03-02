--- v1 (2026-01-15)
+++ v2 (2026-03-02)
@@ -116,51 +116,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"Goodwood Festival of Speed always seems to be somewhere we come to celebrate our milestones; we brought the Concept_One to the hill right back in 2017, broke the EV production car hill record with the Nevera, and marked our 15th anniversary with the debut of the 15th Anniversary Edition in 2024. Even amongst the most amazing collection of historic cars and the latest modern hypercars of Goodwood there’s something special about knowing we’ve got the fastest accelerating production car there – just the latest milestone in the Rimac journey.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Limited to just 40 units worldwide, the Nevera R represents the ultimate expression of Rimac's electric hypercar technology, combining 0-60 mph acceleration in just 1.66 seconds with enhanced cornering dynamics without sacrificing any comfort or usability.</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -218,56 +218,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-8eAJwwbR8FShVB_C6Mbg7.png"/>
+          <docPr id="2" name="image-ZCsXpF8XFsVzrllLJlFQ7.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-8eAJwwbR8FShVB_C6Mbg7.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-ZCsXpF8XFsVzrllLJlFQ7.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -430,52 +430,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kNJgXLZh5kz-xP0XzwYyf.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-8eAJwwbR8FShVB_C6Mbg7.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-aXAgLATsbo5gBCxPi0u67.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-ZCsXpF8XFsVzrllLJlFQ7.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>