--- v0 (2025-11-05)
+++ v1 (2026-01-28)
@@ -319,56 +319,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-62YUo6o5Fz4RzFkCF-0OQ.png"/>
+          <docPr id="2" name="image-sPhLgLSstmdYlo6U-4mbo.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-62YUo6o5Fz4RzFkCF-0OQ.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-sPhLgLSstmdYlo6U-4mbo.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -531,52 +531,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-kAoB1Wrkotr6jQ7ybIQYN.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-62YUo6o5Fz4RzFkCF-0OQ.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-qCUjl44BhFOtkPvOCThqb.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-sPhLgLSstmdYlo6U-4mbo.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>