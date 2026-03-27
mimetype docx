--- v1 (2026-01-28)
+++ v2 (2026-03-27)
@@ -186,51 +186,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“We are very impressed by the Hyundai Motor Group’s vision and prompt and decisive initiative. We believe that this technology partnership will create maximum value for our companies and their customers. Rimac is still a young and relatively small but fast-growing company. We see a strong investor and technology partner in Hyundai Motor Group and believe that this collaboration will charge the company’s position as a Tier-1 electrification components supplier to the industry.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">About Rimac Automobili:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
@@ -319,56 +319,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-sPhLgLSstmdYlo6U-4mbo.png"/>
+          <docPr id="2" name="image--MMF-gtLpMt9n40zV96J6.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-sPhLgLSstmdYlo6U-4mbo.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image--MMF-gtLpMt9n40zV96J6.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -531,52 +531,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-qCUjl44BhFOtkPvOCThqb.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-sPhLgLSstmdYlo6U-4mbo.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-PUtxdoyZlj5LwE-R4URgG.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image--MMF-gtLpMt9n40zV96J6.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>