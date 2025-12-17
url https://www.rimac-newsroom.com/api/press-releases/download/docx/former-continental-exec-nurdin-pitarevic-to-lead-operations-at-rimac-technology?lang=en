--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -273,56 +273,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-_xCOhF7LzsIF86lnJXy0a.png"/>
+          <docPr id="2" name="image-N_ncIDMUJLyM8OpSbGq7M.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-_xCOhF7LzsIF86lnJXy0a.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-N_ncIDMUJLyM8OpSbGq7M.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -485,52 +485,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-QT_jDhEJ2F_3Ti4_qODJ_.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_xCOhF7LzsIF86lnJXy0a.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-MabXt2cBQ3gZr6s8fWHZO.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-N_ncIDMUJLyM8OpSbGq7M.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>