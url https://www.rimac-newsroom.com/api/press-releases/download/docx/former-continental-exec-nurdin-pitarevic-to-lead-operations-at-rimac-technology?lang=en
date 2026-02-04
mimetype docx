--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -273,56 +273,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-N_ncIDMUJLyM8OpSbGq7M.png"/>
+          <docPr id="2" name="image-No_gviWBxW9_1JEheyAmN.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-N_ncIDMUJLyM8OpSbGq7M.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-No_gviWBxW9_1JEheyAmN.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -485,52 +485,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-MabXt2cBQ3gZr6s8fWHZO.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-N_ncIDMUJLyM8OpSbGq7M.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-L2wtZ2ZuN9ChAHePtkBwE.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-No_gviWBxW9_1JEheyAmN.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>