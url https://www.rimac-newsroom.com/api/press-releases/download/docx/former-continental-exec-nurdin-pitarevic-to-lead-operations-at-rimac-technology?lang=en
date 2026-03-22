--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -125,97 +125,97 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"Nurdin's extensive expertise across the entire value chain of EV components will be invaluable as we enter into our next phase of rapid growth and expansion. With his proven track record of operational excellence and improving processes and organization to meet the high requirements of being an OEM technology partner and supplier, I'm highly confident he will significantly strengthen our foundations." </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"I am thrilled and honored to be joining Rimac Technology at such a pivotal point in its journey. Mate and his brilliant team have built truly revolutionary products that are redefining electric performance. I look forward to helping scale up world-class operations to align with the company's ambitious vision and future." </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Nurdin Pitarević</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">COO, Rimac Technology</w:t>
+        <w:t xml:space="preserve">CEO of Rimac Technology</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rimac Technology continues its momentum towards being a high-volume supplier of premium EV components, with major partnerships already in place with global automakers. Pitarević’s operational expertise will be key in delivering the next stage of the company’s high growth trajectory. </w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -273,56 +273,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-No_gviWBxW9_1JEheyAmN.png"/>
+          <docPr id="2" name="image-n_eqfVh4jpwknQx4OQYaj.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-No_gviWBxW9_1JEheyAmN.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-n_eqfVh4jpwknQx4OQYaj.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -485,52 +485,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-L2wtZ2ZuN9ChAHePtkBwE.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-No_gviWBxW9_1JEheyAmN.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-oAXH9ppZwjEQN0OVuJo4h.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-n_eqfVh4jpwknQx4OQYaj.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>