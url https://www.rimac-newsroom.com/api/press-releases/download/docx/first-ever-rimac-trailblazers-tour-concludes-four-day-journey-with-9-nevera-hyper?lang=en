--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -327,56 +327,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-5-NILnao6H_8MZ-nltwey.png"/>
+          <docPr id="2" name="image-Y3ugzBmOXB-vxjORkb_-Q.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-5-NILnao6H_8MZ-nltwey.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-Y3ugzBmOXB-vxjORkb_-Q.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -539,52 +539,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Ps0D3YfFLRxclE-xlz_Ln.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-5-NILnao6H_8MZ-nltwey.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-pW22-8VESALq_-9b5WNYY.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Y3ugzBmOXB-vxjORkb_-Q.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>