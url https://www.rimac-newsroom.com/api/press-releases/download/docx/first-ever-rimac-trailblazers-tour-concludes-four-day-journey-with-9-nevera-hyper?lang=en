--- v1 (2025-12-24)
+++ v2 (2026-03-03)
@@ -107,51 +107,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"Bringing together nine Neveras for this first Trailblazers Tour marked an important milestone for us. When we began this journey, creating a hypercar with the Nevera's capabilities seemed a distant goal. Today, having completed this tour with nine examples together – each representing Croatian, but also international innovation and engineering of the team we've established at Bugatti Rimac – is particularly meaningful. It was important for us to host this inaugural tour in Croatia. Starting in Zagreb and journeying through the country, we showcased to our owners the very best Croatia has to offer – from innovation to stunning sights and unforgettable experiences."</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">During the tour, the Nevera convoy visited the Nikola Tesla Memorial Centre, honoring the inventor who serves as both compatriot and inspiration to Mate Rimac. This connection between two Croatian innovators underscores the national heritage reflected in the Nevera; a proudly Croatian car revered around the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -327,56 +327,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-Y3ugzBmOXB-vxjORkb_-Q.png"/>
+          <docPr id="2" name="image-fSR1lGnRk6SR9PYI0TfJM.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-Y3ugzBmOXB-vxjORkb_-Q.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-fSR1lGnRk6SR9PYI0TfJM.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -539,52 +539,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-pW22-8VESALq_-9b5WNYY.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Y3ugzBmOXB-vxjORkb_-Q.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Pqr1NYxY0gwQMjnYsodyL.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fSR1lGnRk6SR9PYI0TfJM.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>