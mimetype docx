--- v0 (2025-11-06)
+++ v1 (2025-12-27)
@@ -291,56 +291,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-Ry1rst_Mpfxj1jlqtO-rx.png"/>
+          <docPr id="2" name="image-gBahPdxYnOyJFhPeciVjl.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-Ry1rst_Mpfxj1jlqtO-rx.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-gBahPdxYnOyJFhPeciVjl.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -503,52 +503,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-f9c1nNMTyGgxv38qAHX9Z.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Ry1rst_Mpfxj1jlqtO-rx.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-krHCab0XnE4COxtZI2-_h.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gBahPdxYnOyJFhPeciVjl.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>