--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -134,51 +134,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"The US market has been instrumental in the development and success of Nevera, and we’re honored to see that our cars are being delivered into the collections of real automotive enthusiasts. The Ash Crest Collection and Triple F Collection are comprised of the rarest and most admired performance cars in the world right now, and it’s a great endorsement of what we’ve spent years developing and refining, that they feel Nevera deserves a place among them. "</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -291,56 +291,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-gBahPdxYnOyJFhPeciVjl.png"/>
+          <docPr id="2" name="image--NmL-nyyvrHklDxvj80Aw.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-gBahPdxYnOyJFhPeciVjl.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image--NmL-nyyvrHklDxvj80Aw.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -503,52 +503,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-krHCab0XnE4COxtZI2-_h.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gBahPdxYnOyJFhPeciVjl.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-FPjbwIGG5ow7zkzasVEIX.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image--NmL-nyyvrHklDxvj80Aw.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>