--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -1056,56 +1056,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-xCFkfPCcWmkU3O8pnh7DO.png"/>
+          <docPr id="2" name="image-gfCMxR_AeD6QHMypKwjTw.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-xCFkfPCcWmkU3O8pnh7DO.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-gfCMxR_AeD6QHMypKwjTw.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -1271,52 +1271,52 @@
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-automobili.com/en/hypercars/concept_one/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-automobili.com/en/press/media-gallery/" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-automobili.com/en/press/press-kit/" TargetMode="External"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-Q-eZME0TAoiUnLti11tjO.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-xCFkfPCcWmkU3O8pnh7DO.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-qjkBE0_KjZui7wxro-87-.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gfCMxR_AeD6QHMypKwjTw.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>