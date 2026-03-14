--- v1 (2026-01-01)
+++ v2 (2026-03-14)
@@ -216,51 +216,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“The Concept_One represents the perfect symbiosis of modern technology developed here in our company and traditional automotive craftsmanship for which we have the utmost respect. We stay true to the roots of motorsport and old skills of car makers and engineers who created the automotive world which made a profound influence on us when we were children. Every single part of the Concept_One has been through a hand-finishing process and is carefully assembled at our facilities. We invest tremendous effort into developing the feeling which this car gives to the driver. Not only in terms of driving characteristic but also the feeling and the sound from the driver’s perspective. For example, all controls in the interior are beautifully crafted mechanisms similar to the world’s best watches, with hundreds of individual components, carved from solid blocks of metal. There are no plastic parts; everything the driver touches is carbon, aluminium or Alcantara. We wanted to achieve that solid feeling of classic supercars. The goal was to achieve a true connection between the driver and the machine – and that is only possible with passion, attention to details and craftsmanship. The Concept_One is a truly hand-made car.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
@@ -1056,56 +1056,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-gfCMxR_AeD6QHMypKwjTw.png"/>
+          <docPr id="2" name="image-lM2K7Gxvqk5jp3dA0L3JJ.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-gfCMxR_AeD6QHMypKwjTw.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-lM2K7Gxvqk5jp3dA0L3JJ.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -1271,52 +1271,52 @@
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-automobili.com/en/hypercars/concept_one/" TargetMode="External"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-automobili.com/en/press/media-gallery/" TargetMode="External"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-automobili.com/en/press/press-kit/" TargetMode="External"/>
   <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-qjkBE0_KjZui7wxro-87-.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-gfCMxR_AeD6QHMypKwjTw.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-PZq57ZIeANiHvy3cZ288d.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-lM2K7Gxvqk5jp3dA0L3JJ.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>