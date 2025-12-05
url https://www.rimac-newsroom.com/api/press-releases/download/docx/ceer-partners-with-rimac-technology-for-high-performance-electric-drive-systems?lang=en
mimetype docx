--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -264,56 +264,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-OWjQ0rpVBCSHaVpue0sXm.png"/>
+          <docPr id="2" name="image-rer1HKDyeMTsPRs3S9a1f.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-OWjQ0rpVBCSHaVpue0sXm.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-rer1HKDyeMTsPRs3S9a1f.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -476,52 +476,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-tBpZnceLmiEK-lgc5094d.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-OWjQ0rpVBCSHaVpue0sXm.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hQd0UraPtG3N3oMTyy0np.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rer1HKDyeMTsPRs3S9a1f.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>