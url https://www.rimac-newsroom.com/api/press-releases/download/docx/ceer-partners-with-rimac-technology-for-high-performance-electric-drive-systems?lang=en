--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -264,56 +264,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-rer1HKDyeMTsPRs3S9a1f.png"/>
+          <docPr id="2" name="image-8uleQG0xJwyWB0LPDawAZ.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-rer1HKDyeMTsPRs3S9a1f.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-8uleQG0xJwyWB0LPDawAZ.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -476,52 +476,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-hQd0UraPtG3N3oMTyy0np.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-rer1HKDyeMTsPRs3S9a1f.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_8_ZuUW70394KvuMTnB7x.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-8uleQG0xJwyWB0LPDawAZ.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>