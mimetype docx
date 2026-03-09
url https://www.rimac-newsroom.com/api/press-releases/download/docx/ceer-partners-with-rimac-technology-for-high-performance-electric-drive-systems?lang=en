--- v2 (2026-01-20)
+++ v3 (2026-03-09)
@@ -162,51 +162,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">"The collaboration with Ceer further solidifies Rimac Technology's global electrification ambitions. This year alone we’ve announced several key partnerships, including with the BMW Group and Ceer, which will result in the production of tens of thousands of electric drive systems and battery systems for leading OEMs worldwide. With more exciting projects in the pipeline, we’ve strategically invested in our production facilities in Croatia, including the Rimac Campus and supporting infrastructure, which will soon be operating at full capacity.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">The two partners will release more details about the partnership and its scope at a later stage. </w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
@@ -264,56 +264,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-8uleQG0xJwyWB0LPDawAZ.png"/>
+          <docPr id="2" name="image-jTG3wjXs_qxGoXB8V-YQg.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-8uleQG0xJwyWB0LPDawAZ.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-jTG3wjXs_qxGoXB8V-YQg.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -476,52 +476,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-_8_ZuUW70394KvuMTnB7x.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-8uleQG0xJwyWB0LPDawAZ.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3h0Kyz39l-gQqxfoPpXjM.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-jTG3wjXs_qxGoXB8V-YQg.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>