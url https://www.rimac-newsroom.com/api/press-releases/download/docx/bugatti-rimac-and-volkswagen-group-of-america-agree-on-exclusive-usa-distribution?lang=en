--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -255,56 +255,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-808UEDevSSCeIqUn7BGoc.png"/>
+          <docPr id="2" name="image-morhSXOBqdoLr_0YhK_bm.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-808UEDevSSCeIqUn7BGoc.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-morhSXOBqdoLr_0YhK_bm.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -467,52 +467,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-sRYG3gUJzOGOoR7LbAlGd.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-808UEDevSSCeIqUn7BGoc.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fG5WiGq18KE_hEc9REwe0.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-morhSXOBqdoLr_0YhK_bm.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>