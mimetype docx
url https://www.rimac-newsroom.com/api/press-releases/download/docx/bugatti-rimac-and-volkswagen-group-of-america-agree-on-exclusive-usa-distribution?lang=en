--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -255,56 +255,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-morhSXOBqdoLr_0YhK_bm.png"/>
+          <docPr id="2" name="image-w0tZnOJ2RozQuuwEUFOsw.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-morhSXOBqdoLr_0YhK_bm.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-w0tZnOJ2RozQuuwEUFOsw.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -467,52 +467,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-fG5WiGq18KE_hEc9REwe0.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-morhSXOBqdoLr_0YhK_bm.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-KvUdeJqj3sj2DQcn2-esb.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-w0tZnOJ2RozQuuwEUFOsw.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>