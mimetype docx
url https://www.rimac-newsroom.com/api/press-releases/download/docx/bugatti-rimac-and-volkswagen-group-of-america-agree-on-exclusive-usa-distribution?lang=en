--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -116,51 +116,51 @@
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">“For both the Bugatti and Rimac brands, the USA is the strongest single market in the world so it’s important that we curate a sales and ownership experience befitting the extraordinary cars that we’re delivering to customers. The alignment and cooperation with Volkswagen Group of America will allow our dealer network in the States to evolve with the enormous experience and resources available to them, allowing us to combine all the best bits of a mass market sales operation with the bespoke, customer-centric special touches that have become a hallmark of both Bugatti and Rimac brands.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mate Rimac</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac and Rimac Technology</w:t>
+        <w:t xml:space="preserve">Founder and President of the Rimac Group, CEO Bugatti Rimac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -255,56 +255,56 @@
     <hyperlink xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:id="rId1">
       <r>
         <rPr>
           <sz xmlns:ns3="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns3:val="16"/>
           <rStyle xmlns:ns4="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns4:val="Hyperlink"/>
         </rPr>
         <t xml:space="preserve">www.rimac-newsroom.com</t>
       </r>
     </hyperlink>
   </p>
 </ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <hdr xmlns="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <p>
     <pPr>
       <spacing xmlns:ns1="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ns1:lineRule="auto"/>
     </pPr>
     <r>
       <rPr/>
       <drawing>
         <inline xmlns="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distB="0" distL="0" distR="0" distT="0">
           <extent cx="2514600" cy="413962"/>
           <effectExtent b="0" l="0" r="0" t="0"/>
-          <docPr id="2" name="image-w0tZnOJ2RozQuuwEUFOsw.png"/>
+          <docPr id="2" name="image-0I0JTuW7x-JrjqxgDJHAl.png"/>
           <graphic xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
             <graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic xmlns="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <nvPicPr>
-                  <cNvPr id="2" name="image-w0tZnOJ2RozQuuwEUFOsw.png" descr="Rimac Automobili"/>
+                  <cNvPr id="2" name="image-0I0JTuW7x-JrjqxgDJHAl.png" descr="Rimac Automobili"/>
                   <cNvPicPr/>
                 </nvPicPr>
                 <blipFill>
                   <blip xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns2="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ns2:embed="rId2" cstate="print"/>
                   <srcRect xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" b="0" l="0" r="0" t="0"/>
                   <stretch xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <fillRect/>
                   </stretch>
                 </blipFill>
                 <spPr>
                   <xfrm xmlns="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <off x="0" y="0"/>
                     <ext cx="2514600" cy="413962"/>
                   </xfrm>
                   <prstGeom xmlns="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect"/>
                 </spPr>
               </pic>
             </graphicData>
           </graphic>
         </inline>
       </drawing>
     </r>
   </p>
 </hdr>
 </file>
@@ -467,52 +467,52 @@
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
   <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" TargetMode="Internal"/>
   <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" TargetMode="Internal"/>
   <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rimac-newsroom.com/" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-KvUdeJqj3sj2DQcn2-esb.png" TargetMode="Internal"/>
-  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-w0tZnOJ2RozQuuwEUFOsw.png" TargetMode="Internal"/>
+  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-3Uiq_QFpXS-6OuGONrM-D.png" TargetMode="Internal"/>
+  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image-0I0JTuW7x-JrjqxgDJHAl.png" TargetMode="Internal"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>